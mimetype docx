--- v0 (2025-12-18)
+++ v1 (2026-02-08)
@@ -1,60 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="30CB5DAF" w14:textId="77777777" w:rsidR="008F15EE" w:rsidRPr="0080697C" w:rsidRDefault="00C6700A" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZAnlage"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="0080697C">
         <w:t xml:space="preserve">Anlage </w:t>
       </w:r>
       <w:r w:rsidR="008F15EE" w:rsidRPr="0080697C">
         <w:t>31</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04D5CD35" w14:textId="77777777" w:rsidR="00C6700A" w:rsidRPr="0080697C" w:rsidRDefault="00187607" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
         <w:t>Ausbildungsinhalte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="192E1A6F" w14:textId="77777777" w:rsidR="000153BF" w:rsidRPr="0080697C" w:rsidRDefault="00C6700A" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
         <w:t xml:space="preserve">zum Sonderfach </w:t>
       </w:r>
       <w:r w:rsidR="00215A7E" w:rsidRPr="0080697C">
         <w:t>Transfusionsmedizin</w:t>
       </w:r>
@@ -162,82 +159,66 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="65751628" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DFAB16B" w14:textId="75052309" w:rsidR="004858B4" w:rsidRPr="0080697C" w:rsidRDefault="00DE5B8A" w:rsidP="001B4A77">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Funktionsweise und </w:t>
             </w:r>
             <w:r w:rsidR="00CC6EA7" w:rsidRPr="0080697C">
               <w:t>methodenspezifische</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve"> Artefakte von Laboruntersuchungen, insbesondere Immunhämatologie, medizinischen Chemie, Hämatologie, Immunologie, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, Mikrobiologie, Pathologie, Molekularbiologie im Zusammenhang mit der transfusionsmedizinischen Betreuung von </w:t>
+              <w:t xml:space="preserve"> Artefakte von Laboruntersuchungen, insbesondere Immunhämatologie, medizinischen Chemie, Hämatologie, Immunologie, Hämostaseologie, Mikrobiologie, Pathologie, Molekularbiologie im Zusammenhang mit der transfusionsmedizinischen Betreuung von </w:t>
             </w:r>
             <w:r w:rsidR="001B4A77" w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Patientinnen und Patienten </w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:t>inkl. Spender</w:t>
             </w:r>
             <w:r w:rsidR="004F3649" w:rsidRPr="0080697C">
               <w:t>innen</w:t>
             </w:r>
             <w:r w:rsidR="001B4A77" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> und Spender</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Blutprodukte</w:t>
+              <w:t xml:space="preserve"> autologer Blutprodukte</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="460F540E" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57DFF6E3" w14:textId="77777777" w:rsidR="004858B4" w:rsidRPr="0080697C" w:rsidRDefault="00DE5B8A" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Medizinische Mikroskopie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="28B39B75" w14:textId="77777777" w:rsidTr="00C23B74">
@@ -356,57 +337,52 @@
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Genetik und Vererbung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="7F7628CE" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A83057C" w14:textId="77777777" w:rsidR="00DE5B8A" w:rsidRPr="0080697C" w:rsidRDefault="00DE5B8A" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t>Populationsgenetik klinisch relevanter Erythrozyten-</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Populationsgenetik klinisch relevanter Erythrozyten-Alloantigene</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="237CE6EF" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="730860F7" w14:textId="77777777" w:rsidR="00DE5B8A" w:rsidRPr="0080697C" w:rsidRDefault="00DE5B8A" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Diagnostik und Diffe</w:t>
             </w:r>
             <w:r w:rsidR="00C6700A" w:rsidRPr="0080697C">
               <w:t>re</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:t>ntialdiagnostik hämatologischer Erkrankungen</w:t>
@@ -465,59 +441,51 @@
             </w:r>
             <w:r w:rsidR="00C869EA" w:rsidRPr="0080697C">
               <w:t>Schädigung</w:t>
             </w:r>
             <w:r w:rsidR="00DE5B8A" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> des Blutbildes oder der blutbildenden Organe einhergehen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="7F06C3AB" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="616BC8E4" w14:textId="77777777" w:rsidR="00DE5B8A" w:rsidRPr="0080697C" w:rsidRDefault="00DE5B8A" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Symptomatologie und Differentialdiagnostik von Störungen der zellulären und </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Hämostase</w:t>
+              <w:t>Symptomatologie und Differentialdiagnostik von Störungen der zellulären und plasmatischen Hämostase</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="68925AA4" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="418D6617" w14:textId="77777777" w:rsidR="00DE5B8A" w:rsidRPr="0080697C" w:rsidRDefault="00E041AF" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Symptomatologie und Diagnostik von arteriellen und venösen Thrombosen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="5848C379" w14:textId="77777777" w:rsidTr="00C23B74">
@@ -820,87 +788,71 @@
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Anforderungen an den Transport von diagnostischen Blutproben und therapeutischen Blutprodukten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="0CB78F3E" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="138C697D" w14:textId="77777777" w:rsidR="00E041AF" w:rsidRPr="0080697C" w:rsidRDefault="00E041AF" w:rsidP="004F3649">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Organisation der </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> und Versorgung der klinischen Einrichtungen mit labilen Blutprodukten einschließlich Transportwesen</w:t>
+              <w:t>Organisation der Blutspendedienste und Versorgung der klinischen Einrichtungen mit labilen Blutprodukten einschließlich Transportwesen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="6A759BE2" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78FF0527" w14:textId="77777777" w:rsidR="00E041AF" w:rsidRPr="0080697C" w:rsidRDefault="00E041AF" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Lagerung von zellulären und </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Blutprodukten</w:t>
+              <w:t>Lagerung von zellulären und plasmatischen Blutprodukten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="79A31703" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CEA0A8A" w14:textId="77777777" w:rsidR="00E041AF" w:rsidRPr="0080697C" w:rsidRDefault="00B13FE3" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Maßnahmen</w:t>
             </w:r>
             <w:r w:rsidR="00E041AF" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> im Not- und Katastrophenfall</w:t>
             </w:r>
           </w:p>
@@ -971,59 +923,51 @@
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Epidemiologie, Prophylaxe, Diagnose und Therapie von durch Blutprodukte übertragbaren Infektionskrankheiten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="3BAA7627" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2197126C" w14:textId="77777777" w:rsidR="00E041AF" w:rsidRPr="0080697C" w:rsidRDefault="00CC6EA7" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00E041AF" w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">ngeborene und erworbene </w:t>
-[...7 lines deleted...]
-              <w:t>, Immunsuppression und Transplantation</w:t>
+              <w:t>ngeborene und erworbene Immundefizienz, Immunsuppression und Transplantation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="715863FE" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1583837F" w14:textId="77777777" w:rsidR="00E041AF" w:rsidRPr="0080697C" w:rsidRDefault="00E041AF" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Funktionsweise und Gebrauch von spezifischen Medizinprodukten zur Verabreichung von Blutprodukten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="2D1E49EE" w14:textId="77777777" w:rsidTr="00C23B74">
@@ -1505,50 +1449,51 @@
             <w:r w:rsidR="00CC6EA7" w:rsidRPr="0080697C">
               <w:t>hämostaseologischen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00CC6EA7" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> Fragestellungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="12129A3C" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60680848" w14:textId="77777777" w:rsidR="00CC6EA7" w:rsidRPr="0080697C" w:rsidRDefault="00CC6EA7" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Differentialdiagnose und Behandlung der Anämie und </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
               <w:t>hämostaseologischer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> Störungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="7E435250" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EB3AEBC" w14:textId="77777777" w:rsidR="00CC6EA7" w:rsidRPr="0080697C" w:rsidRDefault="00CC6EA7" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
@@ -1914,99 +1859,75 @@
           <w:tcPr>
             <w:tcW w:w="8093" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D14CDAB" w14:textId="1EEB09C3" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="001B4A77">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Fachspezifische </w:t>
             </w:r>
             <w:r w:rsidR="004F03AE" w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Indikation und </w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Interpretation von Laborbefunden, insbesondere </w:t>
             </w:r>
             <w:r w:rsidR="004F3649" w:rsidRPr="0080697C">
               <w:t>von:</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-              <w:t>Immun</w:t>
+              <w:t xml:space="preserve"> Immun</w:t>
             </w:r>
             <w:r w:rsidR="00076ADE" w:rsidRPr="0080697C">
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidR="004F3649" w:rsidRPr="0080697C">
-              <w:t>hämatologie</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">, Mikrobiologie, Pathologie, Molekularbiologie im Zusammenhang mit der transfusionsmedizinischen Betreuung von </w:t>
+              <w:t>hämatologie, medizinische</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0080697C">
+              <w:t xml:space="preserve"> Chemie, Hämatologie, Immunologie, Hämostaseologie, Mikrobiologie, Pathologie, Molekularbiologie im Zusammenhang mit der transfusionsmedizinischen Betreuung von </w:t>
             </w:r>
             <w:r w:rsidR="001B4A77" w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Patientinnen und Patienten </w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:t>inkl. Spender</w:t>
             </w:r>
             <w:r w:rsidR="004F3649" w:rsidRPr="0080697C">
               <w:t>innen</w:t>
             </w:r>
             <w:r w:rsidR="001B4A77" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> und Spender</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Blutprodukte</w:t>
+              <w:t xml:space="preserve"> autologer Blutprodukte</w:t>
             </w:r>
             <w:r w:rsidR="003504F7" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00694F8B" w:rsidRPr="0080697C">
               <w:t>und</w:t>
             </w:r>
             <w:r w:rsidR="003504F7" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00694F8B" w:rsidRPr="0080697C">
               <w:t xml:space="preserve">deren </w:t>
             </w:r>
             <w:r w:rsidR="003504F7" w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Bewertung im klinischen Konnex und </w:t>
             </w:r>
             <w:r w:rsidR="00694F8B" w:rsidRPr="0080697C">
               <w:t xml:space="preserve">bei Bedarf </w:t>
             </w:r>
             <w:r w:rsidR="003504F7" w:rsidRPr="0080697C">
               <w:t xml:space="preserve">entsprechender Zuweisung zu einer weiteren Therapie  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2318,50 +2239,51 @@
           <w:p w14:paraId="5832AFDF" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="314E3117" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8093" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17A1FA62" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="00967359">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
+              <w:lastRenderedPageBreak/>
               <w:t>Durchführung von Kreuzproben mit automatisierten Verfahren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1433" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C0F481C" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="672F5FC0" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8093" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FBE0DCF" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="00967359">
             <w:pPr>
@@ -2585,57 +2507,52 @@
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Abgabe spezifischer Transfusionsempfehlungen für </w:t>
             </w:r>
             <w:r w:rsidR="001B4A77" w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Patientinnen und Patienten </w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve">mit irregulären </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
               <w:t>antier</w:t>
             </w:r>
             <w:r w:rsidR="004F3649" w:rsidRPr="0080697C">
               <w:t>ythrozytären</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004F3649" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> Antikörpern inkl. </w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Berechnung der Häufigkeit kompatibler </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Berechnung der Häufigkeit kompatibler Erythrozytenkonzentrate</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1433" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="555484F6" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="215DE6A9" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8093" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42457213" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="00967359">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
@@ -2869,55 +2786,55 @@
             <w:r w:rsidRPr="0080697C">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="70589881" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8093" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6624E45B" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="00967359">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Bestellung, Eingangskontrolle, Lagerung, Ausgabe von Erythrozyten-, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
-              <w:t>Trombozyten</w:t>
+              <w:t>Trombozyten-und</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0080697C">
-              <w:t>-und Plasmaprodukten</w:t>
+              <w:t xml:space="preserve"> Plasmaprodukten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1433" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="305963DB" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>2600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="35867C92" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8093" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11DF85CD" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="00967359">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
@@ -2993,59 +2910,51 @@
           <w:p w14:paraId="510A55CF" w14:textId="0E7E778E" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="001B4A77">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Information und Kommunikation mit </w:t>
             </w:r>
             <w:r w:rsidR="001B4A77" w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Patientinnen und Patienten </w:t>
             </w:r>
             <w:r w:rsidR="00F71B52" w:rsidRPr="0080697C">
               <w:t>und Angehörigen</w:t>
             </w:r>
             <w:r w:rsidR="004F3649" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> über Vorbereitung</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:t>, Indikation, Durchführung und Risiken von Untersuchungen und Behandlungen im transfusionsmedizinischen Bereich einschließli</w:t>
             </w:r>
             <w:r w:rsidR="001B4A77" w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">ch </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Blutspender</w:t>
+              <w:t>ch autologer Blutspender</w:t>
             </w:r>
             <w:r w:rsidR="004F3649" w:rsidRPr="0080697C">
               <w:t>innen</w:t>
             </w:r>
             <w:r w:rsidR="001B4A77" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> und Blutspender</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> und blutsparenden Maßnahmen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1433" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="148AD971" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3246,59 +3155,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8093" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F20D8B6" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="003504F7" w:rsidP="00967359">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Fachspezifische </w:t>
             </w:r>
             <w:r w:rsidR="00061870" w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Beurteilung der </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00061870" w:rsidRPr="0080697C">
               <w:t>Spendetauglichkeit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00061870" w:rsidRPr="0080697C">
-              <w:t xml:space="preserve"> und Durchführung von Entnahmen für </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Blutprodukte</w:t>
+              <w:t xml:space="preserve"> und Durchführung von Entnahmen für autologe Blutprodukte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1433" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A26793C" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F225B" w:rsidRPr="0080697C" w14:paraId="0481036F" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8093" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18572611" w14:textId="77777777" w:rsidR="00061870" w:rsidRPr="0080697C" w:rsidRDefault="00061870" w:rsidP="00154A07">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
@@ -3328,56 +3229,60 @@
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="646D672E" w14:textId="77777777" w:rsidR="004A3D63" w:rsidRPr="0080697C" w:rsidRDefault="004A3D63" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="541C2FD8" w14:textId="77777777" w:rsidR="004A3D63" w:rsidRPr="0080697C" w:rsidRDefault="004A3D63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58644D08" w14:textId="77777777" w:rsidR="00EC296A" w:rsidRPr="0080697C" w:rsidRDefault="00964C47" w:rsidP="00066C1B">
+    <w:p w14:paraId="58644D08" w14:textId="26978127" w:rsidR="00EC296A" w:rsidRPr="0080697C" w:rsidRDefault="00964C47" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
+        <w:lastRenderedPageBreak/>
         <w:t>Sonderfach Schwerpunktausbildung</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7457D">
+        <w:t xml:space="preserve"> (27 Monate)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AEC0466" w14:textId="77777777" w:rsidR="00964C47" w:rsidRPr="0080697C" w:rsidRDefault="00964C47" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B718462" w14:textId="77777777" w:rsidR="00964C47" w:rsidRPr="0080697C" w:rsidRDefault="00EC296A" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
         <w:t>Modul 1</w:t>
       </w:r>
       <w:r w:rsidR="00C6700A" w:rsidRPr="0080697C">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00DD4B52" w:rsidRPr="0080697C">
         <w:t>Blutkomponentenproduktion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CF0A0CE" w14:textId="77777777" w:rsidR="00187607" w:rsidRPr="0080697C" w:rsidRDefault="00187607" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
@@ -3603,119 +3508,83 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Verfahren zur Blutkomponentenproduktion inkl.</w:t>
             </w:r>
             <w:r w:rsidR="00154A07" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009E306A" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Weiterverarbeitung (Bestrahlung, Waschen, Splitten) sowie</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0080697C">
+              <w:t xml:space="preserve"> präparative Apherese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="0A6D92ED" w14:textId="77777777" w:rsidTr="00C23B74">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE68AF4" w14:textId="77777777" w:rsidR="00370CF8" w:rsidRPr="0080697C" w:rsidRDefault="00ED5845" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>präparative</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0080697C">
+              <w:t>Verfahren der Pathogenin</w:t>
+            </w:r>
+            <w:r w:rsidR="00F71B52" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Apherese</w:t>
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> von Blutkomponenten</w:t>
+              <w:t>aktivierung von Blutkomponenten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="28FB3B0C" w14:textId="77777777" w:rsidTr="00C23B74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28AA513C" w14:textId="77777777" w:rsidR="00370CF8" w:rsidRPr="0080697C" w:rsidRDefault="00ED5845" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
@@ -4344,50 +4213,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EA76DEA" w14:textId="77777777" w:rsidR="00B075D2" w:rsidRPr="0080697C" w:rsidRDefault="00BC3019" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5AABD191" w14:textId="77777777" w:rsidR="00310E33" w:rsidRPr="0080697C" w:rsidRDefault="00310E33" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C939FA4" w14:textId="77777777" w:rsidR="00C869EA" w:rsidRPr="0080697C" w:rsidRDefault="00C869EA" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
+        <w:lastRenderedPageBreak/>
         <w:t>Modul 2</w:t>
       </w:r>
       <w:r w:rsidR="008F15EE" w:rsidRPr="0080697C">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0080697C">
         <w:t xml:space="preserve"> Spendermedizin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="166002A4" w14:textId="77777777" w:rsidR="00B71CBA" w:rsidRPr="0080697C" w:rsidRDefault="00B71CBA" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9526" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9526"/>
       </w:tblGrid>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="6FDFD4B0" w14:textId="77777777" w:rsidTr="001D18B7">
@@ -4493,171 +4363,127 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Vorgehen im Katastrophenfall</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="5EA1A5E0" w14:textId="77777777" w:rsidTr="001D18B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F461508" w14:textId="77777777" w:rsidR="00C869EA" w:rsidRPr="0080697C" w:rsidRDefault="001922ED" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Verfahren zur Blutkomponentenproduktion inkl. </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0080697C">
+              <w:t>Verfahren zur Blutkomponentenproduktion inkl. präparativer Apherese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="21AB8C52" w14:textId="77777777" w:rsidTr="001D18B7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6577A2" w14:textId="77777777" w:rsidR="001922ED" w:rsidRPr="0080697C" w:rsidRDefault="001922ED" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>präparativer</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:t>Globale Epidemiologie, Prophylaxe, Diagnose und Therapie von durch Blutprodukte übertragbaren Infektionskrankheiten</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="36A2AAE3" w14:textId="77777777" w:rsidTr="001D18B7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D32F30A" w14:textId="77777777" w:rsidR="00C869EA" w:rsidRPr="0080697C" w:rsidRDefault="001922ED" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+            </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Methoden zum Screening und Bestätigungstestung in Hinblick auf durch Blutprodukte übertragbare Infektionskrankheiten einschließlich molekularbiologischer Methoden</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="43805FAE" w14:textId="77777777" w:rsidTr="001D18B7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1982A1A8" w14:textId="77777777" w:rsidR="00C869EA" w:rsidRPr="0080697C" w:rsidRDefault="001922ED" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+            </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Apherese</w:t>
-[...17 lines deleted...]
-              <w:ind w:left="425" w:hanging="425"/>
+              <w:t>Gerätekunde für den Bereich Blut</w:t>
+            </w:r>
+            <w:r w:rsidR="00F71B52" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-            </w:pPr>
-[...76 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>spende und präparative Apherese</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="669EF0C5" w14:textId="77777777" w:rsidTr="001D18B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EE37226" w14:textId="77777777" w:rsidR="00C869EA" w:rsidRPr="0080697C" w:rsidRDefault="00B05F86" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Kriterien zur Beurteilung der </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
               <w:t>Spendetauglichkeit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -4923,74 +4749,52 @@
           <w:tcPr>
             <w:tcW w:w="8078" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C13EA8C" w14:textId="77777777" w:rsidR="009E2DA0" w:rsidRPr="0080697C" w:rsidRDefault="009E6516" w:rsidP="00C23B74">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Fachspezifische </w:t>
             </w:r>
             <w:r w:rsidR="009E2DA0" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beurteilung der Spendertauglichkeit und Durchführung von homologen Vollblutspenden und </w:t>
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Beurteilung der Spendertauglichkeit und Durchführung von homologen Vollblutspenden und präparativen Apheresen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7319B44E" w14:textId="77777777" w:rsidR="009E2DA0" w:rsidRPr="0080697C" w:rsidRDefault="009E2DA0" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="0192DF5C" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8078" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EED6AAD" w14:textId="01003E44" w:rsidR="009E2DA0" w:rsidRPr="0080697C" w:rsidRDefault="001B4A77" w:rsidP="00C23B74">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
@@ -5100,50 +4904,51 @@
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18C47DCA" w14:textId="77777777" w:rsidR="00E705C9" w:rsidRPr="0080697C" w:rsidRDefault="00E705C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="451A6C6C" w14:textId="77777777" w:rsidR="00187607" w:rsidRPr="0080697C" w:rsidRDefault="00C869EA" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
+        <w:lastRenderedPageBreak/>
         <w:t>Modul 3</w:t>
       </w:r>
       <w:r w:rsidR="008F15EE" w:rsidRPr="0080697C">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00594B05" w:rsidRPr="0080697C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E6516" w:rsidRPr="0080697C">
         <w:t>Transplantationsimmunologie</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21BE545C" w14:textId="77777777" w:rsidR="00B71CBA" w:rsidRPr="0080697C" w:rsidRDefault="00B71CBA" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9526" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -5432,59 +5237,51 @@
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Immunologie der Nierentransplantation</w:t>
             </w:r>
             <w:r w:rsidR="00092704" w:rsidRPr="0080697C">
               <w:t>, Herz, Leber und Lunge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="5305F288" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CF0F579" w14:textId="77777777" w:rsidR="00641281" w:rsidRPr="0080697C" w:rsidRDefault="008C7FEA" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Spezielle Immunologie der Transplantation von </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Stammzellen (HSC)</w:t>
+              <w:t>Spezielle Immunologie der Transplantation von hämatopoetischen Stammzellen (HSC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="05AFFA07" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26362180" w14:textId="77777777" w:rsidR="00641281" w:rsidRPr="0080697C" w:rsidRDefault="008C7FEA" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Immunologie der Transplantation anderer Organe nach dem Stand der Entwicklung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="645A83B1" w14:textId="77777777" w:rsidTr="00310E33">
@@ -5877,50 +5674,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06FC392C" w14:textId="77777777" w:rsidR="006C6CB9" w:rsidRPr="0080697C" w:rsidRDefault="006C6CB9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1529FF44" w14:textId="77777777" w:rsidR="00187607" w:rsidRPr="0080697C" w:rsidRDefault="00EC296A" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Modul </w:t>
       </w:r>
       <w:r w:rsidR="00C869EA" w:rsidRPr="0080697C">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="008F15EE" w:rsidRPr="0080697C">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00010498" w:rsidRPr="0080697C">
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidR="00DD4B52" w:rsidRPr="0080697C">
         <w:t xml:space="preserve">pezielle klinische </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DD4B52" w:rsidRPr="0080697C">
         <w:t>Hämotherapie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0732829D" w14:textId="77777777" w:rsidR="00EC296A" w:rsidRPr="0080697C" w:rsidRDefault="00EC296A" w:rsidP="00066C1B">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
     </w:p>
@@ -6054,309 +5852,251 @@
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Hygiene im Spende- und Blutkomponentenproduktionsbereich (in</w:t>
             </w:r>
             <w:r w:rsidR="00F71B52" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>kl.</w:t>
             </w:r>
             <w:r w:rsidR="001A3E28" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00F71B52" w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>präparative Apherese)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="03079B39" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="162ACD03" w14:textId="77777777" w:rsidR="00CA0920" w:rsidRPr="0080697C" w:rsidRDefault="00CA0920" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Hygiene im Bereic</w:t>
+            </w:r>
+            <w:r w:rsidR="001A3E28" w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">h der therapeutischen Apherese </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>entsprechend den gültigen gesetzlichen Regelungen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="3DD9E511" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DA96D9" w14:textId="77777777" w:rsidR="00CA0920" w:rsidRPr="0080697C" w:rsidRDefault="00CA0920" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Medizinischer Strahlenschutz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="006297FA" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B358CAC" w14:textId="77777777" w:rsidR="00CA0920" w:rsidRPr="0080697C" w:rsidRDefault="00CA0920" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geräte- und Verfahrenskunde der </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00F71B52" w:rsidRPr="0080697C">
+            <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>präparative</w:t>
+              <w:t>päparativen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00F71B52" w:rsidRPr="0080697C">
+            <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> und therapeutischen Apherese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="2D5D12B3" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="616CFE1A" w14:textId="77777777" w:rsidR="00CA0920" w:rsidRPr="0080697C" w:rsidRDefault="00CA0920" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Geräte und Verfahren zur Bestrahlung von Blutkomponenten</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="1C9F89CA" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A32A6D" w14:textId="77777777" w:rsidR="00CA0920" w:rsidRPr="0080697C" w:rsidRDefault="00CA0920" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Geräte und Verfahren zur Langzeitkonservierung (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00F71B52" w:rsidRPr="0080697C">
+            <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Apherese</w:t>
+              <w:t>Cryokonservierung</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00F71B52" w:rsidRPr="0080697C">
+            <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="162ACD03" w14:textId="77777777" w:rsidR="00CA0920" w:rsidRPr="0080697C" w:rsidRDefault="00CA0920" w:rsidP="00010498">
+              <w:t>) von zellulären Blutkomponenten, Plasma und Gewebe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA0920" w:rsidRPr="0080697C" w14:paraId="57B8BC47" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F75DD54" w14:textId="77777777" w:rsidR="00CA0920" w:rsidRPr="0080697C" w:rsidRDefault="00CA0920" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Hygiene im Bereic</w:t>
-[...205 lines deleted...]
-              <w:t xml:space="preserve"> v</w:t>
+              <w:t>Verfahren der Pathogeninaktivierung v</w:t>
             </w:r>
             <w:r w:rsidR="00BF3B67" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>on Blutkomponenten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="651BC4AF" w14:textId="77777777" w:rsidR="00310E33" w:rsidRPr="0080697C" w:rsidRDefault="00310E33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9526" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9526"/>
       </w:tblGrid>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="68392A49" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
@@ -6459,161 +6199,135 @@
           <w:p w14:paraId="4B89B04B" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZberschrift"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Richtzahl</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="63361835" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8089" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BE6CCEE" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="001A3E28" w:rsidP="003956DA">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Durchführung von </w:t>
-[...3 lines deleted...]
-              <w:t>prä</w:t>
+              <w:t>Durchführung von prä</w:t>
             </w:r>
             <w:r w:rsidR="00010498" w:rsidRPr="0080697C">
-              <w:t>parativen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">parativen </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00010498" w:rsidRPr="0080697C">
               <w:t>Hämapheresen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00010498" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> (Thrombozyt</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">en, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Stammzellen</w:t>
+              <w:t>en, hämatopoetische Stammzellen</w:t>
             </w:r>
             <w:r w:rsidR="00010498" w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> etc.) im Wirkungsbereich des Arzneimittelgesetzes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1437" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7050B4D4" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="42ECABAB" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8089" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D4B9860" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="003956DA">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Indikationsstellung und Durchführung von therapeutischen </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Indikationsstellung und Durchführung von therapeutischen Apheresen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1437" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48215CA9" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="444C2BA7" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8089" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C8284A8" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="003956DA">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Bewertung des Erfolgs von therapeutischen </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Bewertung des Erfolgs von therapeutischen Apheresen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1437" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0627EA17" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="238B651A" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8089" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39338175" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="003956DA">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
@@ -6753,50 +6467,51 @@
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A897870" w14:textId="77777777" w:rsidR="006C6CB9" w:rsidRPr="0080697C" w:rsidRDefault="006C6CB9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="66DE3847" w14:textId="77777777" w:rsidR="00885D30" w:rsidRPr="0080697C" w:rsidRDefault="00C869EA" w:rsidP="00E67918">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
+        <w:lastRenderedPageBreak/>
         <w:t>Modul 5</w:t>
       </w:r>
       <w:r w:rsidR="008F15EE" w:rsidRPr="0080697C">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00010498" w:rsidRPr="0080697C">
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidR="00DD4B52" w:rsidRPr="0080697C">
         <w:t xml:space="preserve">pezielle Immunhämatologie und </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DD4B52" w:rsidRPr="0080697C">
         <w:t>Hämogenetik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7621E297" w14:textId="77777777" w:rsidR="00885D30" w:rsidRPr="0080697C" w:rsidRDefault="00885D30" w:rsidP="00E67918">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
@@ -6906,150 +6621,129 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Verfahren zur genetischen Untersuchung </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="0D4B14F5" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="727BAA8F" w14:textId="77777777" w:rsidR="00195C99" w:rsidRPr="0080697C" w:rsidRDefault="00195C99" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:t xml:space="preserve">Epigenetik inkl. Untersuchungsverfahren </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="1AAB0030" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="146FA8CA" w14:textId="77777777" w:rsidR="00195C99" w:rsidRPr="0080697C" w:rsidRDefault="00195C99" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:t xml:space="preserve">Verfahren zur molekulargenetischen Bestimmung von </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
-              <w:t>Epigenetik</w:t>
+              <w:t>Erythrozytenalloantigenen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve"> inkl. Untersuchungsverfahren </w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="146FA8CA" w14:textId="77777777" w:rsidR="00195C99" w:rsidRPr="0080697C" w:rsidRDefault="00195C99" w:rsidP="00010498">
+              <w:t xml:space="preserve"> und Interpretation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="1564EC98" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D32EAC2" w14:textId="77777777" w:rsidR="00195C99" w:rsidRPr="0080697C" w:rsidRDefault="00195C99" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Verfahren zur molekulargenetischen Bestimmung von </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> und Autoantikörpern gegen Thrombozyten und Granulozyten sowie </w:t>
+              <w:t xml:space="preserve">Immunologische Diagnostik von Alloantikörpern und Autoantikörpern gegen Thrombozyten und Granulozyten sowie </w:t>
             </w:r>
             <w:r w:rsidR="00857610" w:rsidRPr="0080697C">
               <w:t>der entsprechenden</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> Antigenen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="2120F3FD" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BD54E12" w14:textId="77777777" w:rsidR="00195C99" w:rsidRPr="0080697C" w:rsidRDefault="00DD6AE9" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve">Verfahren zur molekulargenetischen </w:t>
             </w:r>
             <w:r w:rsidR="00857610" w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Bestimmung von </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> an</w:t>
+              <w:t>Bestimmung von Alloantigenen an</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:t xml:space="preserve"> Thrombozyten, Granulozyten und Interpretation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="25CA1C57" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="083CF686" w14:textId="77777777" w:rsidR="00195C99" w:rsidRPr="0080697C" w:rsidRDefault="00DD6AE9" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Diagnostik von pathologischen Mutationen</w:t>
             </w:r>
           </w:p>
@@ -7197,59 +6891,51 @@
               <w:t xml:space="preserve">Krankheitsassoziationen und </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
               <w:t>Pharmakogenomik</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD6AE9" w:rsidRPr="0080697C" w14:paraId="02394A99" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D1A3A3E" w14:textId="77777777" w:rsidR="00DD6AE9" w:rsidRPr="0080697C" w:rsidRDefault="00DD6AE9" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Verfahren zur nicht-invasiven </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> aus mütterlichem Plasma</w:t>
+              <w:t>Verfahren zur nicht-invasiven Pränataldiagnostik aus mütterlichem Plasma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6AEF7C89" w14:textId="77777777" w:rsidR="00310E33" w:rsidRPr="0080697C" w:rsidRDefault="00310E33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9526" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9526"/>
       </w:tblGrid>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="38E7A12B" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00899361" w14:textId="77777777" w:rsidR="00BF3B67" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZABC"/>
             </w:pPr>
@@ -7351,231 +7037,210 @@
           <w:p w14:paraId="7A12E1CA" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZberschrift"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>Richtzahl</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="083B4D56" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8071" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CDE13B1" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Abgabe von Transfusionsempfehlungen bei </w:t>
+              <w:t>Abgabe von Transfusionsempfehlungen bei allogenen hämatopoetischen Stammzelltransplantation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA62DE4" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
+            <w:pPr>
+              <w:pStyle w:val="RZTextzentriert"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="49785BBD" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="661296FC" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:t xml:space="preserve">Durchführung von Antikörperbestimmungen und </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
-              <w:t>allogenen</w:t>
+              <w:t>Crossmatchuntersuchungen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72372AF8" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
+            <w:pPr>
+              <w:pStyle w:val="RZTextzentriert"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="3072500E" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29642E04" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="00010498">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:t xml:space="preserve">Durchführung von </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
-              <w:t>hämatopoetischen</w:t>
+              <w:t>Thrombozytenfunktionstests</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0080697C">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA62DE4" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
+          <w:p w14:paraId="03460674" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t>20</w:t>
-[...4 lines deleted...]
-      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="49785BBD" w14:textId="77777777" w:rsidTr="00310E33">
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="576477A4" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8071" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="661296FC" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="00010498">
+          <w:p w14:paraId="2C76009B" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Durchführung von Antikörperbestimmungen und </w:t>
+              <w:t xml:space="preserve">Durchführung von genetischen Untersuchungen </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
-              <w:t>Crossmatchuntersuchungen</w:t>
+              <w:t>thrombozytärer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0080697C">
+              <w:t xml:space="preserve"> und </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0080697C">
+              <w:t>granulozytärer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0080697C">
+              <w:t xml:space="preserve"> Antigene</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72372AF8" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
+          <w:p w14:paraId="46020AC8" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t>100</w:t>
-[...4 lines deleted...]
-      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="3072500E" w14:textId="77777777" w:rsidTr="00310E33">
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="0958E29A" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8071" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29642E04" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="00010498">
+          <w:p w14:paraId="444EB860" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="00010498">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
-              <w:t xml:space="preserve">Durchführung von </w:t>
-[...92 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Immunologische und genetische Abklärung von Thrombopenien</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B042700" w14:textId="77777777" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="00010498" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00010498" w:rsidRPr="0080697C" w14:paraId="3EAC1F23" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8071" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31F9D8E1" w14:textId="49F2E6F1" w:rsidR="00010498" w:rsidRPr="0080697C" w:rsidRDefault="001A3E28" w:rsidP="001B4A77">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
@@ -7635,50 +7300,51 @@
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="091B2ABC" w14:textId="77777777" w:rsidR="006C6CB9" w:rsidRPr="0080697C" w:rsidRDefault="006C6CB9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="72431A0D" w14:textId="77777777" w:rsidR="00BE29E6" w:rsidRPr="0080697C" w:rsidRDefault="00A91432" w:rsidP="00E67918">
       <w:pPr>
         <w:pStyle w:val="RZberschrift"/>
       </w:pPr>
       <w:r w:rsidRPr="0080697C">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Modul </w:t>
       </w:r>
       <w:r w:rsidR="00C869EA" w:rsidRPr="0080697C">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="008F15EE" w:rsidRPr="0080697C">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00E67918" w:rsidRPr="0080697C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E6516" w:rsidRPr="0080697C">
         <w:t>Gewebebankmanagement</w:t>
       </w:r>
       <w:r w:rsidR="00BE29E6" w:rsidRPr="0080697C">
         <w:t xml:space="preserve"> und </w:t>
       </w:r>
       <w:r w:rsidR="007B7699" w:rsidRPr="0080697C">
         <w:t>Arzneimitte</w:t>
       </w:r>
       <w:r w:rsidR="0082377C" w:rsidRPr="0080697C">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="007B7699" w:rsidRPr="0080697C">
         <w:t xml:space="preserve"> für neuartige Therapien</w:t>
@@ -7719,105 +7385,77 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="0F0B0627" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B094E3B" w14:textId="77777777" w:rsidR="00A91432" w:rsidRPr="0080697C" w:rsidRDefault="007B7699" w:rsidP="006C5019">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rechtliche Grundlagen: Arzneimittelgesetz (AMG), Arzneimittelbetriebsordnung (AMBO), nationale und überregionale </w:t>
+              <w:t>Rechtliche Grundlagen: Arzneimittelgesetz (AMG), Arzneimittelbetriebsordnung (AMBO), nationale und überregionale Reg</w:t>
+            </w:r>
+            <w:r w:rsidR="001A3E28" w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ulatorien für Arzneimittel für n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">euartige Therapien (= </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Reg</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001A3E28" w:rsidRPr="0080697C">
+              <w:t>Advanced</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ulatorien</w:t>
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Therapy </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Medicinal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Products (ATMP), </w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gentechnikgesetz (GTG</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:i/>
@@ -7838,61 +7476,61 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gewebevigilanzverordnung</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (GVVO), </w:t>
             </w:r>
             <w:r w:rsidR="006C5019" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>europäische Rechtsvorschriften</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="1EF5BC7A" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34F7BC0B" w14:textId="77777777" w:rsidR="00D93A3A" w:rsidRPr="0080697C" w:rsidRDefault="007B7699" w:rsidP="00C46F79">
+          <w:p w14:paraId="34F7BC0B" w14:textId="77777777" w:rsidR="00D93A3A" w:rsidRPr="00A7457D" w:rsidRDefault="007B7699" w:rsidP="00C46F79">
             <w:pPr>
               <w:pStyle w:val="RZText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anforderungen an Entnahmeeinrichtungen und Herstellungsbetriebe für die P</w:t>
             </w:r>
             <w:r w:rsidR="006C5019" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>roduktion von Arzneimittel</w:t>
             </w:r>
             <w:r w:rsidR="004B0F9C" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="006C5019" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> für n</w:t>
@@ -7935,439 +7573,367 @@
               </w:rPr>
               <w:t>ategorien von Arzneimittel</w:t>
             </w:r>
             <w:r w:rsidR="004B0F9C" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="006C5019" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> für neuartige</w:t>
             </w:r>
             <w:r w:rsidR="001A3E28" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Therapien (ATMP</w:t>
             </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>): Gewebeprodukte (</w:t>
+              <w:t>): Gewebeprodukte (Tis</w:t>
+            </w:r>
+            <w:r w:rsidR="001A3E28" w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sue Engineered Products, TEP), s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>omatische Zelltherapeutika (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Tis</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001A3E28" w:rsidRPr="0080697C">
+              <w:t>Somatic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>sue</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Cell</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="001A3E28" w:rsidRPr="0080697C">
+            <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Therapy Products, SCTP), Gentherapeutika (Gene Therapy Products, GTP)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="72F65BC3" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D7F2D36" w14:textId="77777777" w:rsidR="00D93A3A" w:rsidRPr="0080697C" w:rsidRDefault="007B7699" w:rsidP="00C46F79">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grundlagen der Zellbiologie unter besonderer Berücksichtigung von Differenzierung und </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="001A3E28" w:rsidRPr="0080697C">
+            <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Engineered</w:t>
+              <w:t>Reprogrammierung</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="001A3E28" w:rsidRPr="0080697C">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="4601F08E" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="702B3E4D" w14:textId="77777777" w:rsidR="00D93A3A" w:rsidRPr="0080697C" w:rsidRDefault="007B7699" w:rsidP="00C46F79">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Products, TEP), s</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>omatische Zelltherapeutika (</w:t>
+              <w:t xml:space="preserve">Grundlagen der </w:t>
+            </w:r>
+            <w:r w:rsidR="00D93A3A" w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Epigenetik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="7DE7CB37" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="537656AB" w14:textId="77777777" w:rsidR="00D93A3A" w:rsidRPr="0080697C" w:rsidRDefault="006C5019" w:rsidP="00C46F79">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grundlagen der m</w:t>
+            </w:r>
+            <w:r w:rsidR="007B7699" w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>edizinischen Biote</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>chnologie, Biochemie, Genetik, b</w:t>
+            </w:r>
+            <w:r w:rsidR="007B7699" w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>iophysikalischen Chemie und Bio-Informatik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="06CEE900" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="406BE8CD" w14:textId="77777777" w:rsidR="00D93A3A" w:rsidRPr="0080697C" w:rsidRDefault="007B7699" w:rsidP="00C46F79">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gewinnung von Zellen und Geweben als Ausgangsmaterial zur He</w:t>
+            </w:r>
+            <w:r w:rsidR="006C5019" w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rstellung von Arzneimittel</w:t>
+            </w:r>
+            <w:r w:rsidR="004B0F9C" w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="006C5019" w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> für neuartige</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Therapien</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="45041842" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACD6763" w14:textId="77777777" w:rsidR="00D93A3A" w:rsidRPr="0080697C" w:rsidRDefault="007B7699" w:rsidP="00C46F79">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zell- und Gewebepräparationstechniken für therapeutische Anwendungen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="6E2F9E55" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="492366E8" w14:textId="77777777" w:rsidR="00D93A3A" w:rsidRPr="0080697C" w:rsidRDefault="007B7699" w:rsidP="00C46F79">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0080697C">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Verfahren zur spezifischen Induktion von zellulären Programmen, zur </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Somatic</w:t>
+              <w:t>Reprogrammierung</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0080697C">
+              <w:t xml:space="preserve"> und zur genetischen Veränderung von Zellen für die P</w:t>
+            </w:r>
+            <w:r w:rsidR="006C5019" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Cell</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0080697C">
+              <w:t>roduktion von Arzneimittel</w:t>
+            </w:r>
+            <w:r w:rsidR="004B0F9C" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0080697C">
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="006C5019" w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Therapy</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> für neuartige</w:t>
+            </w:r>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Products, SCTP), Gentherapeutika (Gene </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0080697C">
+              <w:t xml:space="preserve"> Therapien</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C5019" w:rsidRPr="0080697C" w14:paraId="4EDA787B" w14:textId="77777777" w:rsidTr="00310E33">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33DA0ABB" w14:textId="77777777" w:rsidR="006C5019" w:rsidRPr="0080697C" w:rsidRDefault="006C5019" w:rsidP="00C46F79">
+            <w:pPr>
+              <w:pStyle w:val="RZText"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Therapy</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="0080697C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Products, GTP)</w:t>
-[...291 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Verwendung von Hydro-Gelen und anderen Biomaterialien für Kombinationsprodukte (Scaffolds)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2E4CEAA4" w14:textId="77777777" w:rsidR="00310E33" w:rsidRPr="0080697C" w:rsidRDefault="00310E33">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9526" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9526"/>
       </w:tblGrid>
       <w:tr w:rsidR="0080697C" w:rsidRPr="0080697C" w14:paraId="3B0F9B53" w14:textId="77777777" w:rsidTr="00310E33">
         <w:tc>
           <w:tcPr>
@@ -8689,270 +8255,257 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AA355E2" w14:textId="77777777" w:rsidR="00BE29E6" w:rsidRPr="0080697C" w:rsidRDefault="00BE29E6" w:rsidP="001D18B7">
             <w:pPr>
               <w:pStyle w:val="RZTextzentriert"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="541035B5" w14:textId="77777777" w:rsidR="00860FD6" w:rsidRPr="0080697C" w:rsidRDefault="00860FD6" w:rsidP="00BF3B67">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00860FD6" w:rsidRPr="0080697C" w:rsidSect="00C23B74">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2298B67C" w14:textId="77777777" w:rsidR="00154A07" w:rsidRDefault="00154A07" w:rsidP="008F15EE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4DFCC2A2" w14:textId="77777777" w:rsidR="00154A07" w:rsidRDefault="00154A07" w:rsidP="008F15EE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1994020076"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="052EF51E" w14:textId="77777777" w:rsidR="00154A07" w:rsidRPr="00D34EC0" w:rsidRDefault="00154A07" w:rsidP="00D34EC0">
         <w:pPr>
           <w:pStyle w:val="62Kopfzeile"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="8505"/>
           </w:tabs>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00824F29">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> von </w:t>
         </w:r>
-        <w:r w:rsidR="00824F29">
-[...19 lines deleted...]
-        </w:r>
+        <w:fldSimple w:instr=" NUMPAGES  \* Arabic  \* MERGEFORMAT ">
+          <w:r w:rsidR="00824F29">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>10</w:t>
+          </w:r>
+        </w:fldSimple>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0CE93B58" w14:textId="77777777" w:rsidR="00154A07" w:rsidRDefault="00154A07" w:rsidP="008F15EE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="275DE920" w14:textId="77777777" w:rsidR="00154A07" w:rsidRDefault="00154A07" w:rsidP="008F15EE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="10A1D800" w14:textId="18AE27FE" w:rsidR="00154A07" w:rsidRDefault="00154A07">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06DA0013"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B504F9C"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8998,51 +8551,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A9F2458"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3AB46F82"/>
     <w:lvl w:ilvl="0" w:tplc="E93AE532">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C07001B" w:tentative="1">
@@ -9087,51 +8640,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EFD3295"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E2AB4A2"/>
     <w:lvl w:ilvl="0" w:tplc="E0A25D3A">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C07001B" w:tentative="1">
@@ -9176,51 +8729,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="188C7077"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC00D324"/>
     <w:lvl w:ilvl="0" w:tplc="847E697C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9266,51 +8819,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A1B2B9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35FC7A0C"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9356,51 +8909,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C285028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44084088"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9446,51 +8999,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="206E66FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D67CDF4A"/>
     <w:lvl w:ilvl="0" w:tplc="CD083E84">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="RZTextRingerl"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2496" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9536,51 +9089,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6096" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6816" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7536" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21F86CF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27E01908"/>
     <w:lvl w:ilvl="0" w:tplc="617AE984">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1437" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -9625,51 +9178,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5037" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5757" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6477" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25E0304E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C324F17C"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C07001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9711,51 +9264,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ECD215F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB722E18"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9801,51 +9354,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31F36FC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62745498"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9891,51 +9444,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="343C3058"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="361424D2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -9980,51 +9533,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35747170"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2605266"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10070,51 +9623,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="379053CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44BC551E"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10160,51 +9713,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37C07570"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D73E0348"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10250,51 +9803,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A202BFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D3CD2FC"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10340,51 +9893,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EF632D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C11624A8"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C07001B" w:tentative="1">
@@ -10429,51 +9982,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44693649"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A39C2384"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10519,51 +10072,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DE16713"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B3A7D48"/>
     <w:lvl w:ilvl="0" w:tplc="8F368C1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C07001B" w:tentative="1">
@@ -10608,51 +10161,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50A93A39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FF419B0"/>
     <w:lvl w:ilvl="0" w:tplc="DC7ACA38">
       <w:start w:val="3"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C07001B" w:tentative="1">
@@ -10697,51 +10250,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51EB669E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9E653E0"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C07001B" w:tentative="1">
@@ -10786,51 +10339,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56930B09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B28AEABE"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10876,51 +10429,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F5F0CE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA66F3C8"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10966,51 +10519,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="602D68C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2605266"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11056,51 +10609,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="603B7004"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3B4E848C"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C07001B" w:tentative="1">
@@ -11145,51 +10698,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64600EBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF903BFA"/>
     <w:lvl w:ilvl="0" w:tplc="C83C1C86">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="RZTextAufzhlung"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11259,51 +10812,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64D0540D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C9219E6"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11349,51 +10902,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69F10FDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FD28264"/>
     <w:lvl w:ilvl="0" w:tplc="C742AE40">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11439,51 +10992,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D8E2079"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03FE7330"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11529,51 +11082,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71CF5438"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D440040"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C07001B" w:tentative="1">
@@ -11618,51 +11171,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73FA1C89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C9800CC"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11708,51 +11261,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7727651A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41EA1BDA"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11798,51 +11351,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79B27EF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8886F7BC"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11888,51 +11441,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C4705A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C84A7258"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11978,51 +11531,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DC96306"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7DF6EAC0"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12068,51 +11621,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E8F0AD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F7AC562"/>
     <w:lvl w:ilvl="0" w:tplc="686EC1B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C07001B" w:tentative="1">
@@ -12157,51 +11710,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F1A5F7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E46E0B2"/>
     <w:lvl w:ilvl="0" w:tplc="266EC22A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C07001B" w:tentative="1">
@@ -12246,51 +11799,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F814929"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE2C53CC"/>
     <w:lvl w:ilvl="0" w:tplc="C742AE40">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12510,72 +12063,74 @@
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="27"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000153BF"/>
     <w:rsid w:val="00010498"/>
     <w:rsid w:val="000153BF"/>
     <w:rsid w:val="00053C43"/>
     <w:rsid w:val="00061870"/>
     <w:rsid w:val="00062FB6"/>
     <w:rsid w:val="00066C1B"/>
     <w:rsid w:val="00070D24"/>
     <w:rsid w:val="00076ADE"/>
     <w:rsid w:val="00092704"/>
     <w:rsid w:val="000A22F7"/>
     <w:rsid w:val="0010077F"/>
     <w:rsid w:val="00154A07"/>
     <w:rsid w:val="00186299"/>
     <w:rsid w:val="00187607"/>
     <w:rsid w:val="001922ED"/>
     <w:rsid w:val="00195613"/>
     <w:rsid w:val="00195C99"/>
     <w:rsid w:val="001A3E28"/>
     <w:rsid w:val="001B4A77"/>
     <w:rsid w:val="001D18B7"/>
     <w:rsid w:val="001D42AA"/>
     <w:rsid w:val="00205E54"/>
@@ -12642,50 +12197,51 @@
     <w:rsid w:val="008B5D8C"/>
     <w:rsid w:val="008B7B91"/>
     <w:rsid w:val="008C1290"/>
     <w:rsid w:val="008C1AC8"/>
     <w:rsid w:val="008C7FEA"/>
     <w:rsid w:val="008D7D0C"/>
     <w:rsid w:val="008E65B0"/>
     <w:rsid w:val="008F15EE"/>
     <w:rsid w:val="00922729"/>
     <w:rsid w:val="00923FA3"/>
     <w:rsid w:val="009244FD"/>
     <w:rsid w:val="00940542"/>
     <w:rsid w:val="00950EFF"/>
     <w:rsid w:val="00954C71"/>
     <w:rsid w:val="00964C47"/>
     <w:rsid w:val="00967359"/>
     <w:rsid w:val="009A37B4"/>
     <w:rsid w:val="009C366B"/>
     <w:rsid w:val="009E2DA0"/>
     <w:rsid w:val="009E306A"/>
     <w:rsid w:val="009E6516"/>
     <w:rsid w:val="009F3EDB"/>
     <w:rsid w:val="00A36D34"/>
     <w:rsid w:val="00A42181"/>
     <w:rsid w:val="00A63DB2"/>
+    <w:rsid w:val="00A7457D"/>
     <w:rsid w:val="00A91432"/>
     <w:rsid w:val="00A91AE3"/>
     <w:rsid w:val="00AA7A6D"/>
     <w:rsid w:val="00AD29EA"/>
     <w:rsid w:val="00AD2ADB"/>
     <w:rsid w:val="00AD2CD5"/>
     <w:rsid w:val="00AE5F61"/>
     <w:rsid w:val="00B05F86"/>
     <w:rsid w:val="00B075D2"/>
     <w:rsid w:val="00B13FE3"/>
     <w:rsid w:val="00B226B2"/>
     <w:rsid w:val="00B641FE"/>
     <w:rsid w:val="00B65479"/>
     <w:rsid w:val="00B71CBA"/>
     <w:rsid w:val="00B90138"/>
     <w:rsid w:val="00BB481E"/>
     <w:rsid w:val="00BC3019"/>
     <w:rsid w:val="00BE29E6"/>
     <w:rsid w:val="00BF3B67"/>
     <w:rsid w:val="00C23B74"/>
     <w:rsid w:val="00C46F79"/>
     <w:rsid w:val="00C57B87"/>
     <w:rsid w:val="00C6700A"/>
     <w:rsid w:val="00C869EA"/>
     <w:rsid w:val="00CA0920"/>
@@ -12724,759 +12280,456 @@
     <w:rsid w:val="00EC296A"/>
     <w:rsid w:val="00ED5845"/>
     <w:rsid w:val="00F33473"/>
     <w:rsid w:val="00F66951"/>
     <w:rsid w:val="00F71B52"/>
     <w:rsid w:val="00F90367"/>
     <w:rsid w:val="00F918BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-AT" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="302FBF93"/>
+  <w15:docId w15:val="{F2EC9DD9-D9D7-4210-9A60-738CF0D08761}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-AT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...679 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C23B74"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift6Zchn"/>
     <w:qFormat/>
     <w:rsid w:val="00E16101"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="397" w:hanging="397"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -13818,73 +13071,73 @@
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:color w:val="000000"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RZTextzentriert">
     <w:name w:val="_RZ Text zentriert"/>
     <w:basedOn w:val="RZText"/>
     <w:qFormat/>
     <w:rsid w:val="00C23B74"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="559101758">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14133,73 +13386,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2847</Words>
-  <Characters>17943</Characters>
+  <Words>2065</Words>
+  <Characters>18737</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>41</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>646</Lines>
+  <Paragraphs>442</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20749</CharactersWithSpaces>
+  <CharactersWithSpaces>20360</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ingrid Goetzinger</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>